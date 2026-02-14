--- v0 (2025-10-06)
+++ v1 (2026-02-14)
@@ -1,117 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Anteilwertberechnung_klimaVest\historische Anteilwerte\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Anteilwertberechnung_klimaVest\historische Anteilwerte\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B4C4A0A-BC32-48CF-A72A-2FB9FCCC8DF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20B24FA7-AD17-4C7A-A6E2-FC177FC9242D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="GJ 2024-2025" sheetId="5" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="GJ 2020-2021" sheetId="1" r:id="rId5"/>
+    <sheet name="GJ 2025-2026" sheetId="6" r:id="rId1"/>
+    <sheet name="GJ 2024-2025" sheetId="5" r:id="rId2"/>
+    <sheet name="GJ 2023-2024" sheetId="4" r:id="rId3"/>
+    <sheet name="GJ 2022-2023" sheetId="3" r:id="rId4"/>
+    <sheet name="GJ 2021-2022" sheetId="2" r:id="rId5"/>
+    <sheet name="GJ 2020-2021" sheetId="1" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="12">
   <si>
     <t>manuell befüllt</t>
   </si>
   <si>
     <t>Rücknahmepreis in €</t>
   </si>
   <si>
     <t>Ausgabepreis in €</t>
   </si>
   <si>
     <t>Fondsvermögen in €</t>
   </si>
   <si>
     <t>Anteilumlauf in Stück</t>
   </si>
   <si>
     <t>Gültig am:</t>
   </si>
   <si>
     <t>Anteilwerte etc. für den Zeitraum vom 29. Oktober 2020 bis 31. August 2021</t>
   </si>
   <si>
     <t>Anteilwerte etc. für den Zeitraum vom 1. September 2021 bis 31. August 2022</t>
   </si>
   <si>
     <t>Anteilwerte etc. für den Zeitraum vom 1. September 2022 bis 31. August 2023</t>
   </si>
   <si>
     <t>Anteilwerte etc. für den Zeitraum vom 1. September 2023 bis 31. August 2024</t>
   </si>
   <si>
     <t>Anteilwerte etc. für den Zeitraum vom 1. September 2024 bis 31. August 2025</t>
+  </si>
+  <si>
+    <t>Anteilwerte etc. für den Zeitraum vom 1. September 2025 bis 31. August 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -187,51 +192,51 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Commerzbank CD 2021">
   <a:themeElements>
     <a:clrScheme name="Commerzbank">
       <a:dk1>
         <a:srgbClr val="00414B"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="B4C8CD"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="4B787D"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="00414B"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="FFE900"/>
       </a:accent2>
       <a:accent3>
@@ -516,55 +521,1869 @@
     <a:custClr name="Petrol Gradation 05">
       <a:srgbClr val="7A9EA7"/>
     </a:custClr>
     <a:custClr name="Petrol Gradation 06">
       <a:srgbClr val="B4C8CD"/>
     </a:custClr>
     <a:custClr name="Petrol Gradation 06">
       <a:srgbClr val="E1E9EB"/>
     </a:custClr>
     <a:custClr name="Negative Red">
       <a:srgbClr val="EF3340"/>
     </a:custClr>
     <a:custClr name="Positive Green">
       <a:srgbClr val="00B140"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Commerzbank CD 2021" id="{57C986FA-340F-4DD0-AD6F-D48736F6D6F0}" vid="{4DC7F2D3-1835-490F-8B6B-EAAF88347668}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F70912C-35C3-4B37-B788-D5E60BC3BB3B}">
+  <dimension ref="A1:I108"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A76" workbookViewId="0">
+      <selection activeCell="B88" sqref="B88"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="14.140625" style="12" customWidth="1"/>
+    <col min="2" max="5" width="20.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A1" s="10" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="9" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="7"/>
+      <c r="I4" s="7"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="13">
+        <v>45901</v>
+      </c>
+      <c r="B5" s="1">
+        <v>110.5</v>
+      </c>
+      <c r="C5" s="1">
+        <v>116.03</v>
+      </c>
+      <c r="D5" s="1">
+        <v>1688531689.3399999</v>
+      </c>
+      <c r="E5" s="2">
+        <v>15281489.970000001</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="13">
+        <v>45902</v>
+      </c>
+      <c r="B6" s="1">
+        <v>110.5</v>
+      </c>
+      <c r="C6" s="1">
+        <v>116.03</v>
+      </c>
+      <c r="D6" s="1">
+        <v>1694116527.3</v>
+      </c>
+      <c r="E6" s="2">
+        <v>15330706.185000001</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="13">
+        <v>45903</v>
+      </c>
+      <c r="B7" s="1">
+        <v>110.52</v>
+      </c>
+      <c r="C7" s="1">
+        <v>116.05</v>
+      </c>
+      <c r="D7" s="1">
+        <v>1694685180.0999999</v>
+      </c>
+      <c r="E7" s="2">
+        <v>15334326.495999999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="13">
+        <v>45904</v>
+      </c>
+      <c r="B8" s="1">
+        <v>110.53</v>
+      </c>
+      <c r="C8" s="1">
+        <v>116.06</v>
+      </c>
+      <c r="D8" s="1">
+        <v>1695145309.6400001</v>
+      </c>
+      <c r="E8" s="2">
+        <v>15336964.18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="13">
+        <v>45905</v>
+      </c>
+      <c r="B9" s="1">
+        <v>110.54</v>
+      </c>
+      <c r="C9" s="1">
+        <v>116.07</v>
+      </c>
+      <c r="D9" s="1">
+        <v>1695611374.8</v>
+      </c>
+      <c r="E9" s="2">
+        <v>15339656.210000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="13">
+        <v>45908</v>
+      </c>
+      <c r="B10" s="1">
+        <v>110.57</v>
+      </c>
+      <c r="C10" s="1">
+        <v>116.1</v>
+      </c>
+      <c r="D10" s="1">
+        <v>1697698006.21</v>
+      </c>
+      <c r="E10" s="2">
+        <v>15353959.778999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="13">
+        <v>45909</v>
+      </c>
+      <c r="B11" s="1">
+        <v>110.58</v>
+      </c>
+      <c r="C11" s="1">
+        <v>116.11</v>
+      </c>
+      <c r="D11" s="1">
+        <v>1698127287.1400001</v>
+      </c>
+      <c r="E11" s="2">
+        <v>15356322.380999999</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="13">
+        <v>45910</v>
+      </c>
+      <c r="B12" s="1">
+        <v>110.59</v>
+      </c>
+      <c r="C12" s="1">
+        <v>116.12</v>
+      </c>
+      <c r="D12" s="1">
+        <v>1698539407.72</v>
+      </c>
+      <c r="E12" s="2">
+        <v>15358525.218</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="13">
+        <v>45911</v>
+      </c>
+      <c r="B13" s="1">
+        <v>110.6</v>
+      </c>
+      <c r="C13" s="1">
+        <v>116.13</v>
+      </c>
+      <c r="D13" s="1">
+        <v>1698717499.75</v>
+      </c>
+      <c r="E13" s="2">
+        <v>15359157.989</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="13">
+        <v>45912</v>
+      </c>
+      <c r="B14" s="1">
+        <v>110.61</v>
+      </c>
+      <c r="C14" s="1">
+        <v>116.14</v>
+      </c>
+      <c r="D14" s="1">
+        <v>1699100640.0799999</v>
+      </c>
+      <c r="E14" s="2">
+        <v>15361098.664000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="13">
+        <v>45915</v>
+      </c>
+      <c r="B15" s="1">
+        <v>110.64</v>
+      </c>
+      <c r="C15" s="1">
+        <v>116.17</v>
+      </c>
+      <c r="D15" s="1">
+        <v>1699552016.5999999</v>
+      </c>
+      <c r="E15" s="2">
+        <v>15360607.117000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="13">
+        <v>45916</v>
+      </c>
+      <c r="B16" s="1">
+        <v>110.65</v>
+      </c>
+      <c r="C16" s="1">
+        <v>116.18</v>
+      </c>
+      <c r="D16" s="1">
+        <v>1700285251.54</v>
+      </c>
+      <c r="E16" s="2">
+        <v>15365714.779999999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A17" s="13">
+        <v>45917</v>
+      </c>
+      <c r="B17" s="1">
+        <v>110.67</v>
+      </c>
+      <c r="C17" s="1">
+        <v>116.2</v>
+      </c>
+      <c r="D17" s="1">
+        <v>1700741213.9400001</v>
+      </c>
+      <c r="E17" s="2">
+        <v>15368324.241</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A18" s="13">
+        <v>45918</v>
+      </c>
+      <c r="B18" s="1">
+        <v>110.68</v>
+      </c>
+      <c r="C18" s="1">
+        <v>116.21</v>
+      </c>
+      <c r="D18" s="1">
+        <v>1701046659.9000001</v>
+      </c>
+      <c r="E18" s="2">
+        <v>15369555.363</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A19" s="13">
+        <v>45919</v>
+      </c>
+      <c r="B19" s="1">
+        <v>110.69</v>
+      </c>
+      <c r="C19" s="1">
+        <v>116.22</v>
+      </c>
+      <c r="D19" s="1">
+        <v>1701350585.0699999</v>
+      </c>
+      <c r="E19" s="2">
+        <v>15370772.687000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A20" s="13">
+        <v>45922</v>
+      </c>
+      <c r="B20" s="1">
+        <v>110.72</v>
+      </c>
+      <c r="C20" s="1">
+        <v>116.26</v>
+      </c>
+      <c r="D20" s="1">
+        <v>1702679491.3599999</v>
+      </c>
+      <c r="E20" s="2">
+        <v>15378178.063999999</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A21" s="13">
+        <v>45923</v>
+      </c>
+      <c r="B21" s="1">
+        <v>110.73</v>
+      </c>
+      <c r="C21" s="1">
+        <v>116.27</v>
+      </c>
+      <c r="D21" s="1">
+        <v>1702892888</v>
+      </c>
+      <c r="E21" s="2">
+        <v>15378573.796</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A22" s="13">
+        <v>45924</v>
+      </c>
+      <c r="B22" s="1">
+        <v>110.74</v>
+      </c>
+      <c r="C22" s="1">
+        <v>116.28</v>
+      </c>
+      <c r="D22" s="1">
+        <v>1703494243.5799999</v>
+      </c>
+      <c r="E22" s="2">
+        <v>15382476.376</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A23" s="13">
+        <v>45925</v>
+      </c>
+      <c r="B23" s="1">
+        <v>110.75</v>
+      </c>
+      <c r="C23" s="1">
+        <v>116.29</v>
+      </c>
+      <c r="D23" s="1">
+        <v>1703886482.72</v>
+      </c>
+      <c r="E23" s="2">
+        <v>15384478.375</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A24" s="13">
+        <v>45926</v>
+      </c>
+      <c r="B24" s="1">
+        <v>110.76</v>
+      </c>
+      <c r="C24" s="1">
+        <v>116.3</v>
+      </c>
+      <c r="D24" s="1">
+        <v>1704187740.47</v>
+      </c>
+      <c r="E24" s="2">
+        <v>15385664.994999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A25" s="13">
+        <v>45929</v>
+      </c>
+      <c r="B25" s="1">
+        <v>110.8</v>
+      </c>
+      <c r="C25" s="1">
+        <v>116.34</v>
+      </c>
+      <c r="D25" s="1">
+        <v>1705165640.25</v>
+      </c>
+      <c r="E25" s="2">
+        <v>15389900.863</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A26" s="13">
+        <v>45930</v>
+      </c>
+      <c r="B26" s="1">
+        <v>110.81</v>
+      </c>
+      <c r="C26" s="1">
+        <v>116.35</v>
+      </c>
+      <c r="D26" s="1">
+        <v>1705582771.1099999</v>
+      </c>
+      <c r="E26" s="2">
+        <v>15392179.18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A27" s="13">
+        <v>45931</v>
+      </c>
+      <c r="B27" s="1">
+        <v>110.82</v>
+      </c>
+      <c r="C27" s="1">
+        <v>116.36</v>
+      </c>
+      <c r="D27" s="1">
+        <v>1706072343.79</v>
+      </c>
+      <c r="E27" s="2">
+        <v>15394851.244999999</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A28" s="13">
+        <v>45932</v>
+      </c>
+      <c r="B28" s="1">
+        <v>110.83</v>
+      </c>
+      <c r="C28" s="1">
+        <v>116.37</v>
+      </c>
+      <c r="D28" s="1">
+        <v>1706660499.9400001</v>
+      </c>
+      <c r="E28" s="2">
+        <v>15398409.426000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A29" s="13">
+        <v>45936</v>
+      </c>
+      <c r="B29" s="1">
+        <v>110.88</v>
+      </c>
+      <c r="C29" s="1">
+        <v>116.42</v>
+      </c>
+      <c r="D29" s="1">
+        <v>1707638811.99</v>
+      </c>
+      <c r="E29" s="2">
+        <v>15400260.789000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A30" s="13">
+        <v>45937</v>
+      </c>
+      <c r="B30" s="1">
+        <v>110.89</v>
+      </c>
+      <c r="C30" s="1">
+        <v>116.43</v>
+      </c>
+      <c r="D30" s="1">
+        <v>1708701410.6700001</v>
+      </c>
+      <c r="E30" s="2">
+        <v>15408649.993000001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A31" s="13">
+        <v>45938</v>
+      </c>
+      <c r="B31" s="1">
+        <v>110.9</v>
+      </c>
+      <c r="C31" s="1">
+        <v>116.45</v>
+      </c>
+      <c r="D31" s="1">
+        <v>1709532386.79</v>
+      </c>
+      <c r="E31" s="2">
+        <v>15414503.305</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A32" s="13">
+        <v>45939</v>
+      </c>
+      <c r="B32" s="1">
+        <v>110.92</v>
+      </c>
+      <c r="C32" s="1">
+        <v>116.47</v>
+      </c>
+      <c r="D32" s="1">
+        <v>1709764021.8699999</v>
+      </c>
+      <c r="E32" s="2">
+        <v>15414844.780999999</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A33" s="13">
+        <v>45940</v>
+      </c>
+      <c r="B33" s="1">
+        <v>110.93</v>
+      </c>
+      <c r="C33" s="1">
+        <v>116.48</v>
+      </c>
+      <c r="D33" s="1">
+        <v>1710379441.3800001</v>
+      </c>
+      <c r="E33" s="2">
+        <v>15418744.614</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A34" s="13">
+        <v>45943</v>
+      </c>
+      <c r="B34" s="1">
+        <v>110.97</v>
+      </c>
+      <c r="C34" s="1">
+        <v>116.52</v>
+      </c>
+      <c r="D34" s="1">
+        <v>1711406346.1199999</v>
+      </c>
+      <c r="E34" s="2">
+        <v>15422764.614</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A35" s="13">
+        <v>45944</v>
+      </c>
+      <c r="B35" s="1">
+        <v>110.98</v>
+      </c>
+      <c r="C35" s="1">
+        <v>116.53</v>
+      </c>
+      <c r="D35" s="1">
+        <v>1712017780.4200001</v>
+      </c>
+      <c r="E35" s="2">
+        <v>15426532.465</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A36" s="13">
+        <v>45945</v>
+      </c>
+      <c r="B36" s="1">
+        <v>110.99</v>
+      </c>
+      <c r="C36" s="1">
+        <v>116.54</v>
+      </c>
+      <c r="D36" s="1">
+        <v>1712769557.6800001</v>
+      </c>
+      <c r="E36" s="2">
+        <v>15431564.745999999</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A37" s="13">
+        <v>45946</v>
+      </c>
+      <c r="B37" s="1">
+        <v>111</v>
+      </c>
+      <c r="C37" s="1">
+        <v>116.55</v>
+      </c>
+      <c r="D37" s="1">
+        <v>1712299629.1700001</v>
+      </c>
+      <c r="E37" s="2">
+        <v>15425582.001</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A38" s="13">
+        <v>45947</v>
+      </c>
+      <c r="B38" s="1">
+        <v>111.02</v>
+      </c>
+      <c r="C38" s="1">
+        <v>116.57</v>
+      </c>
+      <c r="D38" s="1">
+        <v>1712482839.97</v>
+      </c>
+      <c r="E38" s="2">
+        <v>15425488.549000001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A39" s="13">
+        <v>45950</v>
+      </c>
+      <c r="B39" s="1">
+        <v>111.05</v>
+      </c>
+      <c r="C39" s="1">
+        <v>116.6</v>
+      </c>
+      <c r="D39" s="1">
+        <v>1713506819.05</v>
+      </c>
+      <c r="E39" s="2">
+        <v>15429485.197000001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A40" s="13">
+        <v>45951</v>
+      </c>
+      <c r="B40" s="1">
+        <v>111.07</v>
+      </c>
+      <c r="C40" s="1">
+        <v>116.62</v>
+      </c>
+      <c r="D40" s="1">
+        <v>1714600646.8599999</v>
+      </c>
+      <c r="E40" s="2">
+        <v>15437600.810000001</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A41" s="13">
+        <v>45952</v>
+      </c>
+      <c r="B41" s="1">
+        <v>111.08</v>
+      </c>
+      <c r="C41" s="1">
+        <v>116.63</v>
+      </c>
+      <c r="D41" s="1">
+        <v>1715403424.3800001</v>
+      </c>
+      <c r="E41" s="2">
+        <v>15443103.017000001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A42" s="13">
+        <v>45953</v>
+      </c>
+      <c r="B42" s="1">
+        <v>111.09</v>
+      </c>
+      <c r="C42" s="1">
+        <v>116.64</v>
+      </c>
+      <c r="D42" s="1">
+        <v>1716122402.04</v>
+      </c>
+      <c r="E42" s="2">
+        <v>15447838.068</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A43" s="13">
+        <v>45954</v>
+      </c>
+      <c r="B43" s="1">
+        <v>111.1</v>
+      </c>
+      <c r="C43" s="1">
+        <v>116.66</v>
+      </c>
+      <c r="D43" s="1">
+        <v>1716843294.4200001</v>
+      </c>
+      <c r="E43" s="2">
+        <v>15452590.142000001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A44" s="13">
+        <v>45957</v>
+      </c>
+      <c r="B44" s="1">
+        <v>111.14</v>
+      </c>
+      <c r="C44" s="1">
+        <v>116.7</v>
+      </c>
+      <c r="D44" s="1">
+        <v>1717964770.9200001</v>
+      </c>
+      <c r="E44" s="2">
+        <v>15457458.919</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A45" s="13">
+        <v>45958</v>
+      </c>
+      <c r="B45" s="1">
+        <v>111.15</v>
+      </c>
+      <c r="C45" s="1">
+        <v>116.71</v>
+      </c>
+      <c r="D45" s="1">
+        <v>1718704038.6900001</v>
+      </c>
+      <c r="E45" s="2">
+        <v>15462403.033</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A46" s="13">
+        <v>45959</v>
+      </c>
+      <c r="B46" s="1">
+        <v>111.17</v>
+      </c>
+      <c r="C46" s="1">
+        <v>116.73</v>
+      </c>
+      <c r="D46" s="1">
+        <v>1719467203.1199999</v>
+      </c>
+      <c r="E46" s="2">
+        <v>15467537.045</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A47" s="13">
+        <v>45960</v>
+      </c>
+      <c r="B47" s="1">
+        <v>111.18</v>
+      </c>
+      <c r="C47" s="1">
+        <v>116.74</v>
+      </c>
+      <c r="D47" s="1">
+        <v>1720068527.99</v>
+      </c>
+      <c r="E47" s="2">
+        <v>15471584.369999999</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A48" s="13">
+        <v>45961</v>
+      </c>
+      <c r="B48" s="1">
+        <v>111.19</v>
+      </c>
+      <c r="C48" s="1">
+        <v>116.75</v>
+      </c>
+      <c r="D48" s="1">
+        <v>1720894161.8800001</v>
+      </c>
+      <c r="E48" s="2">
+        <v>15477458.134</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A49" s="13">
+        <v>45964</v>
+      </c>
+      <c r="B49" s="1">
+        <v>111.25</v>
+      </c>
+      <c r="C49" s="1">
+        <v>116.81</v>
+      </c>
+      <c r="D49" s="1">
+        <v>1722554482.4000001</v>
+      </c>
+      <c r="E49" s="2">
+        <v>15483988.197000001</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A50" s="13">
+        <v>45965</v>
+      </c>
+      <c r="B50" s="1">
+        <v>111.27</v>
+      </c>
+      <c r="C50" s="1">
+        <v>116.83</v>
+      </c>
+      <c r="D50" s="1">
+        <v>1723637238.5899999</v>
+      </c>
+      <c r="E50" s="2">
+        <v>15490908.046</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A51" s="13">
+        <v>45966</v>
+      </c>
+      <c r="B51" s="1">
+        <v>111.29</v>
+      </c>
+      <c r="C51" s="1">
+        <v>116.85</v>
+      </c>
+      <c r="D51" s="1">
+        <v>1725296362.23</v>
+      </c>
+      <c r="E51" s="2">
+        <v>15503052.544</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A52" s="13">
+        <v>45967</v>
+      </c>
+      <c r="B52" s="1">
+        <v>111.31</v>
+      </c>
+      <c r="C52" s="1">
+        <v>116.88</v>
+      </c>
+      <c r="D52" s="1">
+        <v>1726446423.1600001</v>
+      </c>
+      <c r="E52" s="2">
+        <v>15510624.870999999</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A53" s="13">
+        <v>45968</v>
+      </c>
+      <c r="B53" s="1">
+        <v>111.33</v>
+      </c>
+      <c r="C53" s="1">
+        <v>116.9</v>
+      </c>
+      <c r="D53" s="1">
+        <v>1727684609.6800001</v>
+      </c>
+      <c r="E53" s="2">
+        <v>15518947.424000001</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A54" s="13">
+        <v>45971</v>
+      </c>
+      <c r="B54" s="1">
+        <v>111.34</v>
+      </c>
+      <c r="C54" s="1">
+        <v>116.91</v>
+      </c>
+      <c r="D54" s="1">
+        <v>1727932896.71</v>
+      </c>
+      <c r="E54" s="2">
+        <v>15519278.58</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A55" s="13">
+        <v>45972</v>
+      </c>
+      <c r="B55" s="1">
+        <v>111.36</v>
+      </c>
+      <c r="C55" s="1">
+        <v>116.93</v>
+      </c>
+      <c r="D55" s="1">
+        <v>1728429887.24</v>
+      </c>
+      <c r="E55" s="2">
+        <v>15520932.34</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A56" s="13">
+        <v>45973</v>
+      </c>
+      <c r="B56" s="1">
+        <v>111.38</v>
+      </c>
+      <c r="C56" s="1">
+        <v>116.95</v>
+      </c>
+      <c r="D56" s="1">
+        <v>1729349308.1400001</v>
+      </c>
+      <c r="E56" s="2">
+        <v>15526390.932</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A57" s="13">
+        <v>45974</v>
+      </c>
+      <c r="B57" s="1">
+        <v>111.4</v>
+      </c>
+      <c r="C57" s="1">
+        <v>116.97</v>
+      </c>
+      <c r="D57" s="1">
+        <v>1729750230.9200001</v>
+      </c>
+      <c r="E57" s="2">
+        <v>15527181.835999999</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A58" s="13">
+        <v>45975</v>
+      </c>
+      <c r="B58" s="1">
+        <v>111.42</v>
+      </c>
+      <c r="C58" s="1">
+        <v>116.99</v>
+      </c>
+      <c r="D58" s="1">
+        <v>1730359202.71</v>
+      </c>
+      <c r="E58" s="2">
+        <v>15529842.024</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A59" s="13">
+        <v>45978</v>
+      </c>
+      <c r="B59" s="1">
+        <v>111.44</v>
+      </c>
+      <c r="C59" s="1">
+        <v>117.01</v>
+      </c>
+      <c r="D59" s="1">
+        <v>1731030855.53</v>
+      </c>
+      <c r="E59" s="2">
+        <v>15533669.608999999</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A60" s="13">
+        <v>45979</v>
+      </c>
+      <c r="B60" s="1">
+        <v>111.46</v>
+      </c>
+      <c r="C60" s="1">
+        <v>117.03</v>
+      </c>
+      <c r="D60" s="1">
+        <v>1731521850.8499999</v>
+      </c>
+      <c r="E60" s="2">
+        <v>15535264.973999999</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A61" s="13">
+        <v>45980</v>
+      </c>
+      <c r="B61" s="1">
+        <v>111.48</v>
+      </c>
+      <c r="C61" s="1">
+        <v>117.05</v>
+      </c>
+      <c r="D61" s="1">
+        <v>1732135555.51</v>
+      </c>
+      <c r="E61" s="2">
+        <v>15537962.615</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A62" s="13">
+        <v>45981</v>
+      </c>
+      <c r="B62" s="1">
+        <v>111.5</v>
+      </c>
+      <c r="C62" s="1">
+        <v>117.08</v>
+      </c>
+      <c r="D62" s="1">
+        <v>1732534206.75</v>
+      </c>
+      <c r="E62" s="2">
+        <v>15538719.892999999</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A63" s="13">
+        <v>45982</v>
+      </c>
+      <c r="B63" s="1">
+        <v>111.52</v>
+      </c>
+      <c r="C63" s="1">
+        <v>117.1</v>
+      </c>
+      <c r="D63" s="1">
+        <v>1733703884.3399999</v>
+      </c>
+      <c r="E63" s="2">
+        <v>15546399.18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A64" s="13">
+        <v>45985</v>
+      </c>
+      <c r="B64" s="1">
+        <v>111.58</v>
+      </c>
+      <c r="C64" s="1">
+        <v>117.16</v>
+      </c>
+      <c r="D64" s="1">
+        <v>1735508089.5899999</v>
+      </c>
+      <c r="E64" s="2">
+        <v>15554157.923</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A65" s="13">
+        <v>45986</v>
+      </c>
+      <c r="B65" s="1">
+        <v>111.6</v>
+      </c>
+      <c r="C65" s="1">
+        <v>117.18</v>
+      </c>
+      <c r="D65" s="1">
+        <v>1736127952.47</v>
+      </c>
+      <c r="E65" s="2">
+        <v>15556909.608999999</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A66" s="13">
+        <v>45987</v>
+      </c>
+      <c r="B66" s="1">
+        <v>111.62</v>
+      </c>
+      <c r="C66" s="1">
+        <v>117.2</v>
+      </c>
+      <c r="D66" s="1">
+        <v>1737054214.99</v>
+      </c>
+      <c r="E66" s="2">
+        <v>15562420.094000001</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A67" s="13">
+        <v>45988</v>
+      </c>
+      <c r="B67" s="1">
+        <v>111.64</v>
+      </c>
+      <c r="C67" s="1">
+        <v>117.22</v>
+      </c>
+      <c r="D67" s="1">
+        <v>1737774883.6300001</v>
+      </c>
+      <c r="E67" s="2">
+        <v>15566098.414999999</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A68" s="13">
+        <v>45989</v>
+      </c>
+      <c r="B68" s="1">
+        <v>111.7</v>
+      </c>
+      <c r="C68" s="1">
+        <v>117.29</v>
+      </c>
+      <c r="D68" s="1">
+        <v>1739226032.0899999</v>
+      </c>
+      <c r="E68" s="2">
+        <v>15570745.501</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A69" s="13">
+        <v>45992</v>
+      </c>
+      <c r="B69" s="1">
+        <v>111.72</v>
+      </c>
+      <c r="C69" s="1">
+        <v>117.31</v>
+      </c>
+      <c r="D69" s="1">
+        <v>1740235886.23</v>
+      </c>
+      <c r="E69" s="2">
+        <v>15577104.522</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A70" s="13">
+        <v>45993</v>
+      </c>
+      <c r="B70" s="1">
+        <v>111.74</v>
+      </c>
+      <c r="C70" s="1">
+        <v>117.33</v>
+      </c>
+      <c r="D70" s="1">
+        <v>1740704636.4300001</v>
+      </c>
+      <c r="E70" s="2">
+        <v>15578533.043</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A71" s="13">
+        <v>45994</v>
+      </c>
+      <c r="B71" s="1">
+        <v>111.76</v>
+      </c>
+      <c r="C71" s="1">
+        <v>117.35</v>
+      </c>
+      <c r="D71" s="1">
+        <v>1741492179.5899999</v>
+      </c>
+      <c r="E71" s="2">
+        <v>15582838.158</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A72" s="13">
+        <v>45995</v>
+      </c>
+      <c r="B72" s="1">
+        <v>111.78</v>
+      </c>
+      <c r="C72" s="1">
+        <v>117.37</v>
+      </c>
+      <c r="D72" s="1">
+        <v>1742349118.47</v>
+      </c>
+      <c r="E72" s="2">
+        <v>15587785.435000001</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A73" s="13">
+        <v>45996</v>
+      </c>
+      <c r="B73" s="1">
+        <v>111.8</v>
+      </c>
+      <c r="C73" s="1">
+        <v>117.39</v>
+      </c>
+      <c r="D73" s="1">
+        <v>1743095860.2</v>
+      </c>
+      <c r="E73" s="2">
+        <v>15591784.941</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A74" s="13">
+        <v>45999</v>
+      </c>
+      <c r="B74" s="1">
+        <v>111.85</v>
+      </c>
+      <c r="C74" s="1">
+        <v>117.44</v>
+      </c>
+      <c r="D74" s="1">
+        <v>1744066616.9400001</v>
+      </c>
+      <c r="E74" s="2">
+        <v>15592406.725</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A75" s="13">
+        <v>46000</v>
+      </c>
+      <c r="B75" s="1">
+        <v>111.87</v>
+      </c>
+      <c r="C75" s="1">
+        <v>117.46</v>
+      </c>
+      <c r="D75" s="1">
+        <v>1745868004.3900001</v>
+      </c>
+      <c r="E75" s="2">
+        <v>15605845.821</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A76" s="13">
+        <v>46001</v>
+      </c>
+      <c r="B76" s="1">
+        <v>111.89</v>
+      </c>
+      <c r="C76" s="1">
+        <v>117.48</v>
+      </c>
+      <c r="D76" s="1">
+        <v>1746039721.53</v>
+      </c>
+      <c r="E76" s="2">
+        <v>15604697.683</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A77" s="13">
+        <v>46002</v>
+      </c>
+      <c r="B77" s="1">
+        <v>111.91</v>
+      </c>
+      <c r="C77" s="1">
+        <v>117.51</v>
+      </c>
+      <c r="D77" s="1">
+        <v>1746241876.5899999</v>
+      </c>
+      <c r="E77" s="2">
+        <v>15603824.743000001</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A78" s="13">
+        <v>46003</v>
+      </c>
+      <c r="B78" s="1">
+        <v>111.93</v>
+      </c>
+      <c r="C78" s="1">
+        <v>117.53</v>
+      </c>
+      <c r="D78" s="1">
+        <v>1746154483.99</v>
+      </c>
+      <c r="E78" s="2">
+        <v>15600401.412</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A79" s="13">
+        <v>46006</v>
+      </c>
+      <c r="B79" s="1">
+        <v>111.99</v>
+      </c>
+      <c r="C79" s="1">
+        <v>117.59</v>
+      </c>
+      <c r="D79" s="1">
+        <v>1747296388.29</v>
+      </c>
+      <c r="E79" s="2">
+        <v>15602656.603</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A80" s="13">
+        <v>46007</v>
+      </c>
+      <c r="B80" s="1">
+        <v>110.07</v>
+      </c>
+      <c r="C80" s="1">
+        <v>115.57</v>
+      </c>
+      <c r="D80" s="1">
+        <v>1717323484.4000001</v>
+      </c>
+      <c r="E80" s="2">
+        <v>15602438.370999999</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A81" s="13">
+        <v>46008</v>
+      </c>
+      <c r="B81" s="1">
+        <v>110.09</v>
+      </c>
+      <c r="C81" s="1">
+        <v>115.59</v>
+      </c>
+      <c r="D81" s="1">
+        <v>1717621759.05</v>
+      </c>
+      <c r="E81" s="2">
+        <v>15602438.370999999</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A82" s="13">
+        <v>46009</v>
+      </c>
+      <c r="B82" s="1">
+        <v>110.11</v>
+      </c>
+      <c r="C82" s="1">
+        <v>115.62</v>
+      </c>
+      <c r="D82" s="1">
+        <v>1716475134.1199999</v>
+      </c>
+      <c r="E82" s="2">
+        <v>15589283.172</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A83" s="13">
+        <v>46010</v>
+      </c>
+      <c r="B83" s="1">
+        <v>110.13</v>
+      </c>
+      <c r="C83" s="1">
+        <v>115.64</v>
+      </c>
+      <c r="D83" s="1">
+        <v>1716971744.02</v>
+      </c>
+      <c r="E83" s="2">
+        <v>15591068.997</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A84" s="13">
+        <v>46013</v>
+      </c>
+      <c r="B84" s="1">
+        <v>110.18</v>
+      </c>
+      <c r="C84" s="1">
+        <v>115.69</v>
+      </c>
+      <c r="D84" s="1">
+        <v>1717841389.6800001</v>
+      </c>
+      <c r="E84" s="2">
+        <v>15590788.695</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A85" s="13">
+        <v>46014</v>
+      </c>
+      <c r="B85" s="1">
+        <v>110.23</v>
+      </c>
+      <c r="C85" s="1">
+        <v>115.74</v>
+      </c>
+      <c r="D85" s="1">
+        <v>1718490832.8599999</v>
+      </c>
+      <c r="E85" s="2">
+        <v>15590737.479</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A86" s="13">
+        <v>46020</v>
+      </c>
+      <c r="B86" s="1">
+        <v>110.34</v>
+      </c>
+      <c r="C86" s="1">
+        <v>115.86</v>
+      </c>
+      <c r="D86" s="1">
+        <v>1720016183.1199999</v>
+      </c>
+      <c r="E86" s="2">
+        <v>15588235.262</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A87" s="13">
+        <v>46021</v>
+      </c>
+      <c r="B87" s="1">
+        <v>110.35</v>
+      </c>
+      <c r="C87" s="1">
+        <v>115.87</v>
+      </c>
+      <c r="D87" s="1">
+        <v>1719466313.5799999</v>
+      </c>
+      <c r="E87" s="2">
+        <v>15582512.992000001</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A88" s="13">
+        <v>46024</v>
+      </c>
+      <c r="B88" s="1">
+        <v>110.36</v>
+      </c>
+      <c r="C88" s="1">
+        <v>115.88</v>
+      </c>
+      <c r="D88" s="1">
+        <v>1719233843.76</v>
+      </c>
+      <c r="E88" s="2">
+        <v>15578599.193</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A89" s="13">
+        <v>46027</v>
+      </c>
+      <c r="B89" s="1">
+        <v>110.38</v>
+      </c>
+      <c r="C89" s="1">
+        <v>115.9</v>
+      </c>
+      <c r="D89" s="1">
+        <v>1719281221.52</v>
+      </c>
+      <c r="E89" s="2">
+        <v>15575697.051999999</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A90" s="13">
+        <v>46028</v>
+      </c>
+      <c r="B90" s="1">
+        <v>110.39</v>
+      </c>
+      <c r="C90" s="1">
+        <v>115.91</v>
+      </c>
+      <c r="D90" s="1">
+        <v>1720617137.9200001</v>
+      </c>
+      <c r="E90" s="2">
+        <v>15586710.779999999</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A91" s="13">
+        <v>46029</v>
+      </c>
+      <c r="B91" s="1">
+        <v>110.4</v>
+      </c>
+      <c r="C91" s="1">
+        <v>115.92</v>
+      </c>
+      <c r="D91" s="1">
+        <v>1722332284.3800001</v>
+      </c>
+      <c r="E91" s="2">
+        <v>15601236.627</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A92" s="13">
+        <v>46030</v>
+      </c>
+      <c r="B92" s="1">
+        <v>110.4</v>
+      </c>
+      <c r="C92" s="1">
+        <v>115.92</v>
+      </c>
+      <c r="D92" s="1">
+        <v>1723163971.1300001</v>
+      </c>
+      <c r="E92" s="2">
+        <v>15607701.66</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A93" s="13">
+        <v>46031</v>
+      </c>
+      <c r="B93" s="1">
+        <v>110.41</v>
+      </c>
+      <c r="C93" s="1">
+        <v>115.93</v>
+      </c>
+      <c r="D93" s="1">
+        <v>1724745042.3</v>
+      </c>
+      <c r="E93" s="2">
+        <v>15620932.24</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A94" s="13">
+        <v>46034</v>
+      </c>
+      <c r="B94" s="1">
+        <v>110.44</v>
+      </c>
+      <c r="C94" s="1">
+        <v>115.96</v>
+      </c>
+      <c r="D94" s="1">
+        <v>1725335668.5599999</v>
+      </c>
+      <c r="E94" s="2">
+        <v>15622979.093</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A95" s="13">
+        <v>46035</v>
+      </c>
+      <c r="B95" s="1">
+        <v>110.44</v>
+      </c>
+      <c r="C95" s="1">
+        <v>115.96</v>
+      </c>
+      <c r="D95" s="1">
+        <v>1726461774.72</v>
+      </c>
+      <c r="E95" s="2">
+        <v>15632095.273</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A96" s="13">
+        <v>46036</v>
+      </c>
+      <c r="B96" s="1">
+        <v>110.45</v>
+      </c>
+      <c r="C96" s="1">
+        <v>115.97</v>
+      </c>
+      <c r="D96" s="1">
+        <v>1728134490.5699999</v>
+      </c>
+      <c r="E96" s="2">
+        <v>15646217.313999999</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A97" s="13">
+        <v>46037</v>
+      </c>
+      <c r="B97" s="1">
+        <v>110.46</v>
+      </c>
+      <c r="C97" s="1">
+        <v>115.98</v>
+      </c>
+      <c r="D97" s="1">
+        <v>1729046879.98</v>
+      </c>
+      <c r="E97" s="2">
+        <v>15653406.449999999</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A98" s="13">
+        <v>46038</v>
+      </c>
+      <c r="B98" s="1">
+        <v>110.46</v>
+      </c>
+      <c r="C98" s="1">
+        <v>115.98</v>
+      </c>
+      <c r="D98" s="1">
+        <v>1729438732.1500001</v>
+      </c>
+      <c r="E98" s="2">
+        <v>15656141.220000001</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A99" s="13">
+        <v>46041</v>
+      </c>
+      <c r="B99" s="1">
+        <v>110.49</v>
+      </c>
+      <c r="C99" s="1">
+        <v>116.01</v>
+      </c>
+      <c r="D99" s="1">
+        <v>1730533342.8900001</v>
+      </c>
+      <c r="E99" s="2">
+        <v>15662763.518999999</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A100" s="13">
+        <v>46042</v>
+      </c>
+      <c r="B100" s="1">
+        <v>110.49</v>
+      </c>
+      <c r="C100" s="1">
+        <v>116.01</v>
+      </c>
+      <c r="D100" s="1">
+        <v>1731942710.6600001</v>
+      </c>
+      <c r="E100" s="2">
+        <v>15674427.381999999</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A101" s="13">
+        <v>46043</v>
+      </c>
+      <c r="B101" s="1">
+        <v>110.5</v>
+      </c>
+      <c r="C101" s="1">
+        <v>116.03</v>
+      </c>
+      <c r="D101" s="1">
+        <v>1733782527.6700001</v>
+      </c>
+      <c r="E101" s="2">
+        <v>15689996.416999999</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A102" s="13">
+        <v>46044</v>
+      </c>
+      <c r="B102" s="1">
+        <v>110.51</v>
+      </c>
+      <c r="C102" s="1">
+        <v>116.04</v>
+      </c>
+      <c r="D102" s="1">
+        <v>1734849340.72</v>
+      </c>
+      <c r="E102" s="2">
+        <v>15698574.217</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A103" s="13">
+        <v>46045</v>
+      </c>
+      <c r="B103" s="1">
+        <v>110.52</v>
+      </c>
+      <c r="C103" s="1">
+        <v>116.05</v>
+      </c>
+      <c r="D103" s="1">
+        <v>1735745162.45</v>
+      </c>
+      <c r="E103" s="2">
+        <v>15705601.411</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A104" s="13">
+        <v>46048</v>
+      </c>
+      <c r="B104" s="1">
+        <v>110.54</v>
+      </c>
+      <c r="C104" s="1">
+        <v>116.07</v>
+      </c>
+      <c r="D104" s="1">
+        <v>1737181776.04</v>
+      </c>
+      <c r="E104" s="2">
+        <v>15715285.093</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A105" s="13">
+        <v>46049</v>
+      </c>
+      <c r="B105" s="1">
+        <v>110.55</v>
+      </c>
+      <c r="C105" s="1">
+        <v>116.08</v>
+      </c>
+      <c r="D105" s="1">
+        <v>1738824461.04</v>
+      </c>
+      <c r="E105" s="2">
+        <v>15729048.993000001</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A106" s="13">
+        <v>46050</v>
+      </c>
+      <c r="B106" s="1">
+        <v>110.56</v>
+      </c>
+      <c r="C106" s="1">
+        <v>116.09</v>
+      </c>
+      <c r="D106" s="1">
+        <v>1740462236.4000001</v>
+      </c>
+      <c r="E106" s="2">
+        <v>15742828.66</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A107" s="13">
+        <v>46051</v>
+      </c>
+      <c r="B107" s="1">
+        <v>110.56</v>
+      </c>
+      <c r="C107" s="1">
+        <v>116.09</v>
+      </c>
+      <c r="D107" s="1">
+        <v>1740752884.3800001</v>
+      </c>
+      <c r="E107" s="2">
+        <v>15744410.856000001</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A108" s="13">
+        <v>46052</v>
+      </c>
+      <c r="B108" s="1">
+        <v>110.58</v>
+      </c>
+      <c r="C108" s="1">
+        <v>116.11</v>
+      </c>
+      <c r="D108" s="1">
+        <v>1742231506.3499999</v>
+      </c>
+      <c r="E108" s="2">
+        <v>15755589.465</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4E537CB0-F575-4338-8173-A354F776F188}">
-  <dimension ref="A1:I248"/>
+  <dimension ref="A1:I271"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A202" workbookViewId="0">
-      <selection activeCell="A249" sqref="A249"/>
+    <sheetView topLeftCell="A190" workbookViewId="0">
+      <selection activeCell="B244" sqref="B244"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.140625" style="12" customWidth="1"/>
     <col min="2" max="5" width="20.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1" s="10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="9" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>3</v>
@@ -4703,57 +6522,218 @@
       </c>
       <c r="D247" s="1">
         <v>1688888152.1099999</v>
       </c>
       <c r="E247" s="2">
         <v>15279124.847999999</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A248" s="13">
         <v>45898</v>
       </c>
       <c r="B248" s="1">
         <v>110.48</v>
       </c>
       <c r="C248" s="1">
         <v>116</v>
       </c>
       <c r="D248" s="1">
         <v>1688144637.6900001</v>
       </c>
       <c r="E248" s="2">
         <v>15279512.982999999</v>
       </c>
     </row>
+    <row r="249" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A249" s="13"/>
+      <c r="B249" s="1"/>
+      <c r="C249" s="1"/>
+      <c r="D249" s="1"/>
+      <c r="E249" s="2"/>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A250" s="13"/>
+      <c r="B250" s="1"/>
+      <c r="C250" s="1"/>
+      <c r="D250" s="1"/>
+      <c r="E250" s="2"/>
+    </row>
+    <row r="251" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A251" s="13"/>
+      <c r="B251" s="1"/>
+      <c r="C251" s="1"/>
+      <c r="D251" s="1"/>
+      <c r="E251" s="2"/>
+    </row>
+    <row r="252" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A252" s="13"/>
+      <c r="B252" s="1"/>
+      <c r="C252" s="1"/>
+      <c r="D252" s="1"/>
+      <c r="E252" s="2"/>
+    </row>
+    <row r="253" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A253" s="13"/>
+      <c r="B253" s="1"/>
+      <c r="C253" s="1"/>
+      <c r="D253" s="1"/>
+      <c r="E253" s="2"/>
+    </row>
+    <row r="254" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A254" s="13"/>
+      <c r="B254" s="1"/>
+      <c r="C254" s="1"/>
+      <c r="D254" s="1"/>
+      <c r="E254" s="2"/>
+    </row>
+    <row r="255" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A255" s="13"/>
+      <c r="B255" s="1"/>
+      <c r="C255" s="1"/>
+      <c r="D255" s="1"/>
+      <c r="E255" s="2"/>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A256" s="13"/>
+      <c r="B256" s="1"/>
+      <c r="C256" s="1"/>
+      <c r="D256" s="1"/>
+      <c r="E256" s="2"/>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A257" s="13"/>
+      <c r="B257" s="1"/>
+      <c r="C257" s="1"/>
+      <c r="D257" s="1"/>
+      <c r="E257" s="2"/>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A258" s="13"/>
+      <c r="B258" s="1"/>
+      <c r="C258" s="1"/>
+      <c r="D258" s="1"/>
+      <c r="E258" s="2"/>
+    </row>
+    <row r="259" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A259" s="13"/>
+      <c r="B259" s="1"/>
+      <c r="C259" s="1"/>
+      <c r="D259" s="1"/>
+      <c r="E259" s="2"/>
+    </row>
+    <row r="260" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A260" s="13"/>
+      <c r="B260" s="1"/>
+      <c r="C260" s="1"/>
+      <c r="D260" s="1"/>
+      <c r="E260" s="2"/>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A261" s="13"/>
+      <c r="B261" s="1"/>
+      <c r="C261" s="1"/>
+      <c r="D261" s="1"/>
+      <c r="E261" s="2"/>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A262" s="13"/>
+      <c r="B262" s="1"/>
+      <c r="C262" s="1"/>
+      <c r="D262" s="1"/>
+      <c r="E262" s="2"/>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A263" s="13"/>
+      <c r="B263" s="1"/>
+      <c r="C263" s="1"/>
+      <c r="D263" s="1"/>
+      <c r="E263" s="2"/>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A264" s="13"/>
+      <c r="B264" s="1"/>
+      <c r="C264" s="1"/>
+      <c r="D264" s="1"/>
+      <c r="E264" s="2"/>
+    </row>
+    <row r="265" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A265" s="13"/>
+      <c r="B265" s="1"/>
+      <c r="C265" s="1"/>
+      <c r="D265" s="1"/>
+      <c r="E265" s="2"/>
+    </row>
+    <row r="266" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A266" s="13"/>
+      <c r="B266" s="1"/>
+      <c r="C266" s="1"/>
+      <c r="D266" s="1"/>
+      <c r="E266" s="2"/>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A267" s="13"/>
+      <c r="B267" s="1"/>
+      <c r="C267" s="1"/>
+      <c r="D267" s="1"/>
+      <c r="E267" s="2"/>
+    </row>
+    <row r="268" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A268" s="13"/>
+      <c r="B268" s="1"/>
+      <c r="C268" s="1"/>
+      <c r="D268" s="1"/>
+      <c r="E268" s="2"/>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A269" s="13"/>
+      <c r="B269" s="1"/>
+      <c r="C269" s="1"/>
+      <c r="D269" s="1"/>
+      <c r="E269" s="2"/>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A270" s="13"/>
+      <c r="B270" s="1"/>
+      <c r="C270" s="1"/>
+      <c r="D270" s="1"/>
+      <c r="E270" s="2"/>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A271" s="13"/>
+      <c r="B271" s="1"/>
+      <c r="C271" s="1"/>
+      <c r="D271" s="1"/>
+      <c r="E271" s="2"/>
+    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17CADA8D-5BA7-458C-96FA-3EC167C307EA}">
   <dimension ref="A1:I253"/>
   <sheetViews>
     <sheetView topLeftCell="A223" workbookViewId="0">
       <selection activeCell="E244" sqref="E244"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.140625" style="12" customWidth="1"/>
     <col min="2" max="5" width="20.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1" s="10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="9" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
@@ -8988,51 +10968,51 @@
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A253" s="13">
         <v>45534</v>
       </c>
       <c r="B253" s="1">
         <v>108.86</v>
       </c>
       <c r="C253" s="1">
         <v>114.3</v>
       </c>
       <c r="D253" s="1">
         <v>1429271908.8599999</v>
       </c>
       <c r="E253" s="2">
         <v>13128990.578</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18425136-AFEA-4F9E-B188-3EAA323DE72B}">
   <dimension ref="A1:I253"/>
   <sheetViews>
     <sheetView topLeftCell="A223" workbookViewId="0">
       <selection activeCell="K259" sqref="K259"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.140625" style="12" customWidth="1"/>
     <col min="2" max="5" width="20.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="9" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
@@ -13267,51 +15247,51 @@
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A253" s="13">
         <v>45169</v>
       </c>
       <c r="B253" s="1">
         <v>106.81</v>
       </c>
       <c r="C253" s="1">
         <v>112.15</v>
       </c>
       <c r="D253" s="1">
         <v>1240690311.27</v>
       </c>
       <c r="E253" s="2">
         <v>11615864.388</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8716548-D03C-4EFC-A6D5-EDF5FC190A82}">
   <dimension ref="A1:I254"/>
   <sheetViews>
     <sheetView topLeftCell="A145" workbookViewId="0">
       <selection activeCell="A233" sqref="A233:A254"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.140625" style="12" customWidth="1"/>
     <col min="2" max="5" width="20.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="9" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
@@ -17563,51 +19543,51 @@
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A254" s="11">
         <v>44804</v>
       </c>
       <c r="B254" s="1">
         <v>104.52</v>
       </c>
       <c r="C254" s="1">
         <v>109.75</v>
       </c>
       <c r="D254" s="1">
         <v>923950248.27999997</v>
       </c>
       <c r="E254" s="2">
         <v>8839811.75</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I213"/>
   <sheetViews>
     <sheetView topLeftCell="A181" workbookViewId="0">
       <selection activeCell="E185" sqref="E185"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14.140625" style="12" customWidth="1"/>
     <col min="2" max="5" width="20.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1" s="10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:9" s="9" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>1</v>
       </c>
@@ -21178,56 +23158,57 @@
         <v>501959625.44</v>
       </c>
       <c r="E213" s="2">
         <v>4900782.3150000004</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>GJ 2025-2026</vt:lpstr>
       <vt:lpstr>GJ 2024-2025</vt:lpstr>
       <vt:lpstr>GJ 2023-2024</vt:lpstr>
       <vt:lpstr>GJ 2022-2023</vt:lpstr>
       <vt:lpstr>GJ 2021-2022</vt:lpstr>
       <vt:lpstr>GJ 2020-2021</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>SAP WebAS</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>