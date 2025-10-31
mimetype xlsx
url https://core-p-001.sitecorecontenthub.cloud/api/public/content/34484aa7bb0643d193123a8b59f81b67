--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\FR\_CRFM\klimaVest\Meldungen\VAG-Reporting\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37614BBA-308F-412C-BC20-55D224DDEAD4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB3A6E90-37C6-4560-AEE1-0A5FD05112CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="0" windowWidth="26010" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Datenblatt" sheetId="5" r:id="rId1"/>
     <sheet name="Schuldnerliste" sheetId="6" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">#N/A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
@@ -484,51 +484,51 @@
             <family val="2"/>
           </rPr>
           <t>Formel hinterlegt</t>
         </r>
       </text>
     </comment>
     <comment ref="D56" authorId="2" shapeId="0" xr:uid="{ACE7947E-53E1-4362-B934-338BA432A4D8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Formel hinterlegt</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="131">
   <si>
     <t>Anzahl der Anteile</t>
   </si>
   <si>
     <t>Buchwert eines Anteils</t>
   </si>
   <si>
     <t>Berichtsstichtag</t>
   </si>
   <si>
     <t>Nr. der AnlV</t>
   </si>
   <si>
     <t>Rückgabefrist der Fondsanteile</t>
   </si>
   <si>
     <t>Index / Benchmark I</t>
   </si>
   <si>
     <t>Anteil an Immobilien</t>
   </si>
   <si>
     <t>Anteil an REITs</t>
   </si>
   <si>
@@ -658,289 +658,605 @@
     <t>Anteilswert</t>
   </si>
   <si>
     <t>19a</t>
   </si>
   <si>
     <t>Währung des Fonds/der Anteilscheinklasse</t>
   </si>
   <si>
     <t xml:space="preserve">19b </t>
   </si>
   <si>
     <t>Anteil an notierten Aktien, Genüssen u. Nachrang-Forderungen (Nr. 9 Bst. b, 12)</t>
   </si>
   <si>
     <t>Anteil an nicht notierten Aktien, Genüssen u. Nachrang-Forderungen, Beteiligungen (Nr. 9 Bst. a, 13 Bst. a)</t>
   </si>
   <si>
     <t>Anteil an sog geschlossenen Private-Equity-Fonds (Nr. 13 Bst. b)</t>
   </si>
   <si>
     <t>Anteil an Immobilienfonds (Nr. 14 Bst. c)</t>
   </si>
   <si>
     <t>Anteil der Schuldverschreibungen nach Nr. 6, 7 Bst. a, b, c und 8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>davon:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Anteil der Schuldverschreibungen nach Nr. 7 Bst. c</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>davon:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Anteil der Schuldverschreibungen nach Nr. 8</t>
+    </r>
   </si>
   <si>
     <t>Anteil der (Schuldschein-)Darlehen nach Nr. 3, 4 Bst. a und
 Forderungen nach Nr. 1 und Nr. 11</t>
   </si>
   <si>
     <t>Anteil der anderen Unternehmensdarlehen nach Nr. 4 Bst. c</t>
   </si>
   <si>
     <t>Anteil an Anlagen bei Kreditinstituten nach Nr. 18</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bonität der Anlagen:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Investment-Grade I (AAA bis A-)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bonität der Anlagen:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Investment-Grade II (BBB+ bis BBB-)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bonität der Anlagen:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Speculative-Grade (BB+ bis B-)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bonität der Anlagen:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Default Risk / Default (CCC bis D)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Bonität der Anlagen:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Ohne Bonitätseinschätzung</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>davon:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Anteil bail-in-fähiger Schuldtitel</t>
+    </r>
+  </si>
+  <si>
     <t>Anteil an ABS, CLN u.ä. nach Nr. 10</t>
   </si>
   <si>
     <t>39*</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>davon:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Anteil an ABS, CLN u.ä. unterhalb Investment-Grade</t>
+    </r>
   </si>
   <si>
     <t>Anteil der verbleibenden, nicht in Zeile 20–26, 29-31 oder 38
 zuzuordnenden Vermögenswerte = Restwert</t>
   </si>
   <si>
     <t>41*</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>davon:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Anteil an offenen Zielfonds, die die Anforderungen nach Nr. 17 erfüllen</t>
+    </r>
+  </si>
+  <si>
     <t>42*</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>davon:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Anteil an Hedgefonds- oder an Rohstoffrisiken gebundene Anlagen</t>
+    </r>
+  </si>
+  <si>
     <t>43*</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>davon:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Derivate</t>
+    </r>
+  </si>
+  <si>
     <t>Anteil an nicht transparenten Fonds</t>
   </si>
   <si>
     <t>45a</t>
   </si>
   <si>
     <t>45b</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Übersteigendes</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Marktrisikopotential 
+= Zeile 10 abzüglich 100%</t>
+    </r>
+  </si>
+  <si>
     <t>02_Bezeichnung / Name des Ausstellers (Schuldners) mit Ausnahme derjenigen i.S.v. § 2 Abs. 1 Nr. 15-17 AnIV</t>
   </si>
   <si>
     <t>04_Zeitwert</t>
   </si>
   <si>
     <t>05_LEI des Ausstellers (Schuldners)</t>
   </si>
   <si>
     <t>06_WM-Nummer des Ausstellers (Schuldners)</t>
   </si>
   <si>
     <t>07_sonstiger Identifier des Ausstellers (Schuldners)</t>
   </si>
   <si>
-    <t>e</t>
-[...153 lines deleted...]
-    <t>09_öffentliche Aussteller (Schuldner) [max. 30 Prozent des Sicherungsvermögens] nach § 2 Abs. 1 Nr. 3 Bst. a, b und d AnlV: 
+    <r>
+      <t xml:space="preserve">08_Summe je Aussteller (prozent vom Wert des </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Fonds/</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Anteilsklasse)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">09_öffentliche Aussteller (Schuldner) [max. 30 Prozent des Sicherungsvermögens] nach § 2 Abs. 1 Nr. 3 Bst. a, b und d AnlV: 
 a: der Bundesrepublik Deutschland, ihren Ländern, Gemeinden und Gemeindeverbänden
 b: einem anderen Staat des EWR oder einem Vollmitgliedstaat der OECD
 d: einer internationalen Organisation, der auch der Bundesrepublik Deutschland als Vollmitglied angehört  
-(prozent vom Wert des Fonds/Anteilsklasse)</t>
-[...2 lines deleted...]
-    <t>10a_andere Aussteller (Schuldner) [max. 1 Prozent des Sicherungsvermögens] nach § 4 Abs. 4 AnlV:
+(prozent vom Wert des </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Fonds</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>/Anteilsklasse)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">10a_andere Aussteller (Schuldner) [max. 1 Prozent des Sicherungsvermögens] nach § 4 Abs. 4 AnlV:
 Anlagen nach § 2 Abs. 1 Nr. 9, 12 und 13 AnlV (Nachränge und Genussrechte, Aktien und Beteiligungen), sowie Anteile und Aktien an geschlossenen Investmentvermögen (§ 2. Abs. 1 Nr. 13 (b) und Nr. 17 AnIV)  
-(prozent vom Wert des Fonds/der Anteilsklasse)</t>
-[...2 lines deleted...]
-    <t>10b_andere Aussteller (Schuldner) [max. 5 Prozent des Sicherungsvermögens] nach § 4 Abs. 1 AnlV: 
+(prozent vom Wert des </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Fonds</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>/der Anteilsklasse)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>10b_andere Aussteller (Schuldner) [max. 5 Prozent des Sicherungsvermögens] nach § 4 Abs. 1 AnlV: 
 alle anderen Anlagen bei diesem Schuldner 
-(prozent vom Wert des Fonds/Anteilsklasse)</t>
-[...2 lines deleted...]
-    <t>10c_andere Aussteller (Schuldner) [max. 15 Prozent des Sicherungsvermögens] nach § 4 Abs. 2 Satz 2 AnlV:
+(prozent vom Wert des</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Fonds/</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Anteilsklasse)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">10c_andere Aussteller (Schuldner) [max. 15 Prozent des Sicherungsvermögens] nach § 4 Abs. 2 Satz 2 AnlV:
 a: Schuldverschreibungen mit besonderer Deckungsmasse ein und desselben Kreditinstituts mit Sitz in EWR/OECD
 b: Anlagen bei ein und demselben Kreditinstitut nach § 2 Abs. 1 Nr. 18 Bst. b AnlV, wenn und soweit diese Anlagen durch eine umfassende Institutsicherung oder ein Einlagensicherungssystem tatsächlich abgesichert sind
 c: Anlagen bei ein und demselben öffentlich-rechtlichen Kreditinstitut nach § 2 Abs. 1 Nr. 18 Bst. c AnlV
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
-(prozent vom Wert des Fonds/Anteilsklasse)</t>
+(prozent vom Wert des </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Fonds</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>/Anteilsklasse)</t>
+    </r>
+  </si>
+  <si>
+    <t>e</t>
+  </si>
+  <si>
+    <t>f</t>
+  </si>
+  <si>
+    <t>g</t>
+  </si>
+  <si>
+    <t>h</t>
+  </si>
+  <si>
+    <t>i</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Währung </t>
+  </si>
+  <si>
+    <t>KlimaVest ELTIF</t>
+  </si>
+  <si>
+    <t>Luxemburg</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Commerz Real Fundmanagement S.A.R.L</t>
+  </si>
+  <si>
+    <t>549300WCGB70D06XZS54</t>
+  </si>
+  <si>
+    <t>5299002CRNX7K6KOL397</t>
+  </si>
+  <si>
+    <t>Commerzbank</t>
+  </si>
+  <si>
+    <t>NIBC Bank N.V.</t>
+  </si>
+  <si>
+    <t>Wüstenrot Bausparkasse</t>
+  </si>
+  <si>
+    <t>851WYGNLUQLFZBSYGB56</t>
+  </si>
+  <si>
+    <t>B64D6Y3LBJS4ANNPCU93</t>
+  </si>
+  <si>
+    <t>529900S1KHKOEQL5CK20</t>
+  </si>
+  <si>
+    <t>32a*</t>
+  </si>
+  <si>
+    <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
+  </si>
+  <si>
+    <t>33a*</t>
+  </si>
+  <si>
+    <t>34a*</t>
+  </si>
+  <si>
+    <t>35a*</t>
+  </si>
+  <si>
+    <t>36a*</t>
+  </si>
+  <si>
+    <t>Deutsche Bank AG</t>
+  </si>
+  <si>
+    <t>7LTWFZYICNSX8D621K86</t>
+  </si>
+  <si>
+    <t>SEB</t>
+  </si>
+  <si>
+    <t>P0T131ELWMYGYC1G4O52</t>
+  </si>
+  <si>
+    <t>UniCredit Bank AG</t>
+  </si>
+  <si>
+    <t>2ZCNRR8UK83OBTEK2170</t>
+  </si>
+  <si>
+    <t>ING Groep</t>
+  </si>
+  <si>
+    <t>549300NYKK9MWM7GGW15</t>
+  </si>
+  <si>
+    <t>AKA Ausfuhrkredit-Gesellschaft mbH</t>
+  </si>
+  <si>
+    <t>529900DSIVJWCUQUMP41</t>
+  </si>
+  <si>
+    <t>30.09.2025</t>
+  </si>
+  <si>
+    <t>30.90.2025</t>
+  </si>
+  <si>
+    <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
@@ -950,53 +1266,66 @@
       <b/>
       <sz val="8"/>
       <color indexed="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color indexed="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
@@ -1115,58 +1444,58 @@
     <xf numFmtId="1" fontId="6" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="10" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="12" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
@@ -1507,190 +1836,190 @@
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0ED34644-F6BE-419A-B720-EE86332DB4A9}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J56"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D58" sqref="D58"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B24" sqref="B24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="61.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="40.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="26.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" style="1" customWidth="1"/>
     <col min="6" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="7">
         <v>0</v>
       </c>
       <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="18" t="s">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="D2" s="10"/>
       <c r="E2" s="11"/>
     </row>
     <row r="3" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C3" s="9" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="D3" s="10"/>
       <c r="E3" s="11"/>
     </row>
     <row r="4" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A4" s="12">
         <v>1</v>
       </c>
       <c r="B4" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="14"/>
       <c r="D4" s="10"/>
       <c r="E4" s="11"/>
     </row>
     <row r="5" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A5" s="15">
         <v>2</v>
       </c>
       <c r="B5" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="14"/>
       <c r="D5" s="10"/>
       <c r="E5" s="11"/>
     </row>
     <row r="6" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A6" s="15">
         <v>3</v>
       </c>
       <c r="B6" s="17" t="s">
         <v>34</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="10"/>
       <c r="E6" s="11"/>
     </row>
     <row r="7" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A7" s="15">
         <v>4</v>
       </c>
       <c r="B7" s="16" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="D7" s="10"/>
       <c r="E7" s="11"/>
     </row>
     <row r="8" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A8" s="15">
         <v>5</v>
       </c>
       <c r="B8" s="16" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="9" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="D8" s="10"/>
       <c r="E8" s="11"/>
     </row>
     <row r="9" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="15">
         <v>6</v>
       </c>
       <c r="B9" s="16" t="s">
         <v>37</v>
       </c>
       <c r="C9" s="18" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="D9" s="10"/>
       <c r="E9" s="11"/>
     </row>
     <row r="10" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="15">
         <v>7</v>
       </c>
       <c r="B10" s="16" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="D10" s="10"/>
       <c r="E10" s="11"/>
     </row>
     <row r="11" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="15">
         <v>8</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="10"/>
       <c r="E11" s="11"/>
     </row>
     <row r="12" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="15">
         <v>9</v>
       </c>
       <c r="B12" s="16" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="9" t="s">
@@ -1720,51 +2049,51 @@
         <v>5</v>
       </c>
       <c r="C14" s="9"/>
       <c r="D14" s="20"/>
       <c r="E14" s="11"/>
     </row>
     <row r="15" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="15">
         <v>12</v>
       </c>
       <c r="B15" s="16" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="20"/>
       <c r="E15" s="11"/>
     </row>
     <row r="16" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="15">
         <v>13</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="D16" s="10"/>
       <c r="E16" s="11"/>
     </row>
     <row r="17" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="15">
         <v>14</v>
       </c>
       <c r="B17" s="21" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="10"/>
       <c r="E17" s="11"/>
     </row>
     <row r="18" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="15">
         <v>15</v>
       </c>
       <c r="B18" s="16" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="10"/>
       <c r="E18" s="11"/>
@@ -1792,996 +2121,996 @@
       <c r="C20" s="19"/>
       <c r="D20" s="22"/>
       <c r="E20" s="11"/>
     </row>
     <row r="21" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="15">
         <v>18</v>
       </c>
       <c r="B21" s="21" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="19"/>
       <c r="D21" s="22"/>
       <c r="E21" s="11"/>
     </row>
     <row r="22" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="15">
         <v>19</v>
       </c>
       <c r="B22" s="17" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="19"/>
       <c r="D22" s="10"/>
       <c r="E22" s="23">
-        <v>110.04</v>
+        <v>110.81</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="24" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="23" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="10"/>
       <c r="E23" s="11"/>
     </row>
     <row r="24" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="24" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="19"/>
       <c r="D24" s="23"/>
       <c r="E24" s="11"/>
     </row>
     <row r="25" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="15">
         <v>20</v>
       </c>
       <c r="B25" s="25" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="20"/>
       <c r="E25" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="15">
         <v>21</v>
       </c>
       <c r="B26" s="25" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="19"/>
       <c r="D26" s="20">
-        <v>75.459999999999994</v>
+        <v>74.92</v>
       </c>
       <c r="E26" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="G26" s="20"/>
     </row>
     <row r="27" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="15">
         <v>22</v>
       </c>
       <c r="B27" s="21" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="19"/>
       <c r="D27" s="20"/>
       <c r="E27" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="15">
         <v>23</v>
       </c>
       <c r="B28" s="21" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="19"/>
       <c r="D28" s="20"/>
       <c r="E28" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A29" s="15">
         <v>24</v>
       </c>
       <c r="B29" s="21" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="19"/>
       <c r="D29" s="20"/>
       <c r="E29" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="15">
         <v>25</v>
       </c>
       <c r="B30" s="21" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="19"/>
       <c r="D30" s="20"/>
       <c r="E30" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A31" s="15">
         <v>26</v>
       </c>
       <c r="B31" s="21" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="19"/>
       <c r="D31" s="20"/>
       <c r="E31" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:7" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="21" t="s">
-        <v>112</v>
+        <v>58</v>
       </c>
       <c r="C32" s="19"/>
       <c r="D32" s="20"/>
       <c r="E32" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A33" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="21" t="s">
-        <v>113</v>
+        <v>59</v>
       </c>
       <c r="C33" s="19"/>
       <c r="D33" s="20"/>
       <c r="E33" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A34" s="15">
         <v>29</v>
       </c>
       <c r="B34" s="25" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C34" s="19"/>
       <c r="D34" s="20"/>
       <c r="E34" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="15">
         <v>30</v>
       </c>
       <c r="B35" s="21" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C35" s="19"/>
       <c r="D35" s="20"/>
       <c r="E35" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="15">
         <v>31</v>
       </c>
       <c r="B36" s="21" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C36" s="19"/>
       <c r="D36" s="20">
-        <v>24.17</v>
+        <v>24.75</v>
       </c>
       <c r="E36" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="21" t="s">
-        <v>114</v>
+        <v>63</v>
       </c>
       <c r="C37" s="19"/>
       <c r="D37" s="20"/>
       <c r="E37" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" s="35" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="B38" s="36" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="C38" s="37"/>
       <c r="D38" s="38"/>
       <c r="E38" s="39"/>
     </row>
     <row r="39" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="21" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="C39" s="19"/>
       <c r="D39" s="20"/>
       <c r="E39" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" s="35" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="B40" s="36" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="C40" s="37"/>
       <c r="D40" s="38"/>
       <c r="E40" s="39"/>
     </row>
     <row r="41" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A41" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="21" t="s">
-        <v>116</v>
+        <v>65</v>
       </c>
       <c r="C41" s="19"/>
       <c r="D41" s="20"/>
       <c r="E41" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" s="35" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="B42" s="40" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="C42" s="37"/>
       <c r="D42" s="38"/>
       <c r="E42" s="39"/>
     </row>
     <row r="43" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A43" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B43" s="21" t="s">
-        <v>117</v>
+        <v>66</v>
       </c>
       <c r="C43" s="19"/>
       <c r="D43" s="20"/>
       <c r="E43" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="35" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="B44" s="40" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="C44" s="37"/>
       <c r="D44" s="38"/>
       <c r="E44" s="39"/>
     </row>
     <row r="45" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A45" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B45" s="21" t="s">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="C45" s="19"/>
       <c r="D45" s="20"/>
       <c r="E45" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A46" s="35" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="B46" s="40" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="C46" s="37"/>
       <c r="D46" s="38"/>
       <c r="E46" s="39"/>
     </row>
     <row r="47" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A47" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B47" s="21" t="s">
-        <v>119</v>
+        <v>68</v>
       </c>
       <c r="C47" s="19"/>
       <c r="D47" s="20"/>
       <c r="E47" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A48" s="15">
         <v>38</v>
       </c>
       <c r="B48" s="21" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="C48" s="19"/>
       <c r="D48" s="20"/>
       <c r="E48" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A49" s="15" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="B49" s="21" t="s">
-        <v>120</v>
+        <v>71</v>
       </c>
       <c r="C49" s="19"/>
       <c r="D49" s="20"/>
       <c r="E49" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A50" s="15">
         <v>40</v>
       </c>
       <c r="B50" s="25" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="C50" s="19"/>
       <c r="D50" s="20">
-        <v>0.37</v>
+        <v>0.32999999999999996</v>
       </c>
       <c r="E50" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="J50" s="41"/>
     </row>
     <row r="51" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A51" s="15" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B51" s="25" t="s">
-        <v>121</v>
+        <v>74</v>
       </c>
       <c r="C51" s="19"/>
       <c r="D51" s="20"/>
       <c r="E51" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A52" s="15" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="B52" s="25" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="C52" s="19"/>
       <c r="D52" s="20"/>
       <c r="E52" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A53" s="15" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="B53" s="21" t="s">
-        <v>123</v>
+        <v>78</v>
       </c>
       <c r="C53" s="19"/>
       <c r="D53" s="20"/>
       <c r="E53" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="54" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A54" s="15">
         <v>44</v>
       </c>
       <c r="B54" s="21" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="C54" s="19"/>
       <c r="D54" s="20"/>
       <c r="E54" s="11"/>
     </row>
     <row r="55" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A55" s="24" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="B55" s="21" t="s">
         <v>16</v>
       </c>
       <c r="C55" s="19"/>
       <c r="D55" s="26">
         <v>100</v>
       </c>
       <c r="E55" s="11"/>
     </row>
     <row r="56" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A56" s="24" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="B56" s="25" t="s">
-        <v>124</v>
+        <v>82</v>
       </c>
       <c r="C56" s="19"/>
       <c r="D56" s="2">
         <v>0</v>
       </c>
       <c r="E56" s="11" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="57" fitToHeight="0" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B958FF4-9C98-4AEA-A178-20305C6FD4FA}">
   <dimension ref="A1:L20"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="H11" sqref="H11"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="62" style="1" customWidth="1"/>
     <col min="3" max="3" width="30.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="37" style="1" customWidth="1"/>
     <col min="5" max="5" width="29.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="32.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="38.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="47.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="77.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="45.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="35.140625" style="1" customWidth="1"/>
     <col min="12" max="12" width="61.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="190.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="27" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D1" s="5" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="E1" s="5" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="G1" s="5" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="I1" s="5" t="s">
-        <v>126</v>
+        <v>89</v>
       </c>
       <c r="J1" s="5" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="K1" s="5" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="L1" s="5" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="28" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="29" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="18" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
       <c r="J2" s="11"/>
       <c r="K2" s="11"/>
       <c r="L2" s="11"/>
     </row>
     <row r="3" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="28" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="29" t="s">
         <v>33</v>
       </c>
       <c r="C3" s="9" t="s">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
       <c r="L3" s="11"/>
     </row>
     <row r="4" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A4" s="28" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="29" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="14"/>
       <c r="D4" s="11"/>
       <c r="E4" s="11"/>
       <c r="F4" s="11"/>
       <c r="G4" s="11"/>
       <c r="H4" s="11"/>
       <c r="I4" s="11"/>
       <c r="J4" s="11"/>
       <c r="K4" s="11"/>
       <c r="L4" s="11"/>
     </row>
     <row r="5" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A5" s="30" t="s">
         <v>21</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="14"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="11"/>
       <c r="L5" s="11"/>
     </row>
     <row r="6" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A6" s="30" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="B6" s="21" t="s">
         <v>34</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
     </row>
     <row r="7" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A7" s="30" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="B7" s="21" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
       <c r="F7" s="11"/>
       <c r="G7" s="11"/>
       <c r="H7" s="11"/>
       <c r="I7" s="11"/>
       <c r="J7" s="11"/>
       <c r="K7" s="11"/>
       <c r="L7" s="11"/>
     </row>
     <row r="8" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A8" s="30" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="B8" s="21" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="9" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11"/>
       <c r="J8" s="11"/>
       <c r="K8" s="11"/>
       <c r="L8" s="11"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="30" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="23">
-        <v>110.04</v>
+        <v>110.81</v>
       </c>
       <c r="E9" s="11"/>
       <c r="F9" s="11"/>
       <c r="G9" s="11"/>
       <c r="H9" s="11"/>
       <c r="I9" s="11"/>
       <c r="J9" s="11"/>
       <c r="K9" s="11"/>
       <c r="L9" s="11"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="30" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="B10" s="21" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="C10" s="31" t="s">
         <v>22</v>
       </c>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
     </row>
     <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="30">
         <v>1</v>
       </c>
       <c r="B11" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="19"/>
       <c r="D11" s="11"/>
       <c r="E11" s="33" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="F11" s="33">
         <v>281938</v>
       </c>
       <c r="G11" s="33"/>
       <c r="H11" s="33">
-        <v>11.26</v>
+        <v>7.31</v>
       </c>
       <c r="I11" s="33"/>
       <c r="J11" s="33"/>
       <c r="K11" s="33"/>
       <c r="L11" s="33">
-        <v>11.26</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="30">
         <v>2</v>
       </c>
       <c r="B12" s="34" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="19"/>
       <c r="D12" s="11"/>
       <c r="E12" s="33" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="F12" s="33">
         <v>803050</v>
       </c>
       <c r="G12" s="33"/>
       <c r="H12" s="33">
-        <v>2.4300000000000002</v>
+        <v>2.34</v>
       </c>
       <c r="I12" s="33"/>
       <c r="J12" s="33"/>
       <c r="K12" s="33"/>
       <c r="L12" s="33">
-        <v>2.4300000000000002</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="30">
         <v>3</v>
       </c>
       <c r="B13" s="34" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="C13" s="19"/>
       <c r="D13" s="11"/>
       <c r="E13" s="33" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="F13" s="33">
         <v>803200</v>
       </c>
       <c r="G13" s="33"/>
       <c r="H13" s="33">
-        <v>8.23</v>
+        <v>9.41</v>
       </c>
       <c r="I13" s="33"/>
       <c r="J13" s="33"/>
       <c r="K13" s="33"/>
       <c r="L13" s="33">
-        <v>8.23</v>
+        <v>9.41</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="30">
         <v>4</v>
       </c>
       <c r="B14" s="32" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="C14" s="19"/>
       <c r="D14" s="11"/>
       <c r="E14" s="33" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="F14" s="33">
         <v>872701</v>
       </c>
       <c r="G14" s="33"/>
       <c r="H14" s="33">
-        <v>0.61</v>
+        <v>0.59</v>
       </c>
       <c r="I14" s="33"/>
       <c r="J14" s="33"/>
       <c r="K14" s="33"/>
       <c r="L14" s="33">
-        <v>0.61</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="30">
         <v>5</v>
       </c>
       <c r="B15" s="32" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="C15" s="19"/>
       <c r="D15" s="11"/>
       <c r="E15" s="33" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="F15" s="33">
         <v>815240</v>
       </c>
       <c r="G15" s="33"/>
       <c r="H15" s="20">
-        <v>0.61</v>
+        <v>0.59</v>
       </c>
       <c r="I15" s="33"/>
       <c r="J15" s="33"/>
       <c r="K15" s="33"/>
       <c r="L15" s="20">
-        <v>0.61</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="30">
         <v>6</v>
       </c>
       <c r="B16" s="32" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="C16" s="19"/>
       <c r="D16" s="11"/>
       <c r="E16" s="33" t="s">
-        <v>101</v>
+        <v>119</v>
       </c>
       <c r="F16" s="33">
         <v>804010</v>
       </c>
       <c r="G16" s="33"/>
       <c r="H16" s="33">
         <v>0</v>
       </c>
       <c r="I16" s="33"/>
       <c r="J16" s="33"/>
       <c r="K16" s="33"/>
       <c r="L16" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="30">
         <v>7</v>
       </c>
       <c r="B17" s="32" t="s">
-        <v>102</v>
+        <v>120</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="11"/>
       <c r="E17" s="33" t="s">
-        <v>103</v>
+        <v>121</v>
       </c>
       <c r="F17" s="33">
         <v>859768</v>
       </c>
       <c r="G17" s="33"/>
       <c r="H17" s="33">
-        <v>0.42</v>
+        <v>0.41</v>
       </c>
       <c r="I17" s="33"/>
       <c r="J17" s="33"/>
       <c r="K17" s="33"/>
       <c r="L17" s="33">
-        <v>0.42</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="30">
         <v>8</v>
       </c>
       <c r="B18" s="32" t="s">
-        <v>104</v>
+        <v>122</v>
       </c>
       <c r="C18" s="19"/>
       <c r="D18" s="11"/>
       <c r="E18" s="33" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="F18" s="33">
         <v>802200</v>
       </c>
       <c r="G18" s="33"/>
       <c r="H18" s="33">
         <v>0</v>
       </c>
       <c r="I18" s="33"/>
       <c r="J18" s="33"/>
       <c r="K18" s="33"/>
       <c r="L18" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="30">
         <v>9</v>
       </c>
       <c r="B19" s="32" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="11"/>
       <c r="E19" s="33" t="s">
-        <v>107</v>
+        <v>125</v>
       </c>
       <c r="F19" s="33">
         <v>881111</v>
       </c>
       <c r="G19" s="33"/>
       <c r="H19" s="33">
-        <v>0</v>
+        <v>2.93</v>
       </c>
       <c r="I19" s="33"/>
       <c r="J19" s="33"/>
       <c r="K19" s="33"/>
       <c r="L19" s="33">
-        <v>0</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="30">
         <v>10</v>
       </c>
       <c r="B20" s="32" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="C20" s="19"/>
       <c r="D20" s="11"/>
       <c r="E20" s="33" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="F20" s="33">
         <v>390051</v>
       </c>
       <c r="G20" s="33"/>
       <c r="H20" s="33">
-        <v>0.61</v>
+        <v>1.17</v>
       </c>
       <c r="I20" s="33"/>
       <c r="J20" s="33"/>
       <c r="K20" s="33"/>
       <c r="L20" s="33">
-        <v>0.61</v>
+        <v>1.17</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>