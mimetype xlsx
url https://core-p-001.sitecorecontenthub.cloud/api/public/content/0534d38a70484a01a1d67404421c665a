--- v0 (2025-11-12)
+++ v1 (2026-01-13)
@@ -6,91 +6,81 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\FR\_CRI\HAUSINVEST\HI Meldungen\VAG Reporting\Meldungen GJ 2025\2025-09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\FR\_CRI\HAUSINVEST\HI Meldungen\VAG Reporting\Meldungen GJ 2025\2025-12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38A04A52-229F-4B77-B1A5-1A54FE1C310E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEC741CF-0FC6-49FA-AFD6-7CD89D2B790E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="80150" yWindow="1570" windowWidth="28800" windowHeight="15360" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="17500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Datenblatt" sheetId="7" r:id="rId1"/>
     <sheet name="Schuldnerliste" sheetId="8" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">#N/A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D28" i="7" l="1"/>
-  <c r="L14" i="8" l="1"/>
-[...8 lines deleted...]
-  <c r="L11" i="8"/>
   <c r="D55" i="7" l="1"/>
   <c r="C2" i="8" l="1"/>
   <c r="E45" i="7" l="1"/>
   <c r="D9" i="8"/>
   <c r="E56" i="7"/>
   <c r="D56" i="7"/>
   <c r="E53" i="7"/>
   <c r="E52" i="7"/>
   <c r="E51" i="7"/>
   <c r="E50" i="7"/>
   <c r="E49" i="7"/>
   <c r="E48" i="7"/>
   <c r="E47" i="7"/>
   <c r="E43" i="7"/>
   <c r="E41" i="7"/>
   <c r="E39" i="7"/>
   <c r="E37" i="7"/>
   <c r="E36" i="7"/>
   <c r="E35" i="7"/>
   <c r="E34" i="7"/>
   <c r="E33" i="7"/>
   <c r="E32" i="7"/>
   <c r="E31" i="7"/>
   <c r="E30" i="7"/>
   <c r="E29" i="7"/>
@@ -1119,72 +1109,72 @@
   <si>
     <t>9695005MSX1OYEMGDF46</t>
   </si>
   <si>
     <t>5299002CRNX7K6KOL397</t>
   </si>
   <si>
     <t>Landesbank Baden-Württemberg, Stuttgart</t>
   </si>
   <si>
     <t>BPCE S.A., Paris</t>
   </si>
   <si>
     <t>Santander Consumer Bank AG, Mönchengladbach</t>
   </si>
   <si>
     <t>Deutsche Bank AG, Frankfurt am Main</t>
   </si>
   <si>
     <t>Oldenburgische Landesbank AG</t>
   </si>
   <si>
     <t>7LTWFZYICNSX8D621K86</t>
   </si>
   <si>
-    <t>30.09.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Deutsche Pfandbriefbank AG, Unterschleißheim</t>
   </si>
   <si>
     <t>Norddeutsche Landesbank Girozentrale, Hannover</t>
   </si>
   <si>
-    <t>AKA Ausfuhrkredit-Gesellschaft mbH, Frankfurt am Main</t>
-[...1 lines deleted...]
-  <si>
     <t>DZZ47B9A52ZJ6LT6VV95</t>
   </si>
   <si>
     <t>DSNHHQ2B9X5N6OUJ1236</t>
   </si>
   <si>
     <t>5299008I0TO44SUINZ71</t>
   </si>
   <si>
-    <t>529900DSIVJWCUQUMP41</t>
+    <t>31.12.2025</t>
+  </si>
+  <si>
+    <t>BNP Paribas S.A., Paris</t>
+  </si>
+  <si>
+    <t>R0MUWSFPU8MPRO8K5P83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
@@ -1772,89 +1762,89 @@
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1C36FBF-ADA9-4C31-9FE0-FDF782042CF8}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G56"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C63" sqref="C63"/>
+      <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.7265625" customWidth="1"/>
     <col min="2" max="2" width="61.26953125" customWidth="1"/>
     <col min="3" max="3" width="40.26953125" customWidth="1"/>
     <col min="4" max="4" width="26.81640625" customWidth="1"/>
     <col min="5" max="5" width="25.7265625" customWidth="1"/>
     <col min="7" max="7" width="16.453125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="26" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="40" t="s">
         <v>27</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>28</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A2" s="3">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="14" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D2" s="6"/>
       <c r="E2" s="7"/>
     </row>
     <row r="3" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="6"/>
       <c r="E3" s="7"/>
     </row>
     <row r="4" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A4" s="8">
         <v>1</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="10"/>
@@ -2056,76 +2046,76 @@
       <c r="C20" s="15"/>
       <c r="D20" s="18"/>
       <c r="E20" s="7"/>
     </row>
     <row r="21" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
         <v>18</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="15"/>
       <c r="D21" s="18"/>
       <c r="E21" s="7"/>
     </row>
     <row r="22" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A22" s="11">
         <v>19</v>
       </c>
       <c r="B22" s="13" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="6"/>
       <c r="E22" s="30">
-        <v>43.79</v>
+        <v>44.058</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A23" s="20" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="13" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="6"/>
       <c r="E23" s="7"/>
     </row>
     <row r="24" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A24" s="20" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="37">
-        <v>1.87</v>
+        <v>1.89</v>
       </c>
       <c r="E24" s="7"/>
     </row>
     <row r="25" spans="1:5" ht="25" x14ac:dyDescent="0.25">
       <c r="A25" s="11">
         <v>20</v>
       </c>
       <c r="B25" s="21" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="15"/>
       <c r="D25" s="16"/>
       <c r="E25" s="7" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25" x14ac:dyDescent="0.25">
       <c r="A26" s="11">
         <v>21</v>
       </c>
       <c r="B26" s="21" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="15"/>
@@ -2137,51 +2127,51 @@
     </row>
     <row r="27" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
         <v>22</v>
       </c>
       <c r="B27" s="17" t="s">
         <v>51</v>
       </c>
       <c r="C27" s="15"/>
       <c r="D27" s="16"/>
       <c r="E27" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A28" s="11">
         <v>23</v>
       </c>
       <c r="B28" s="17" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="15"/>
       <c r="D28" s="38">
         <f>100-D36</f>
-        <v>89.92</v>
+        <v>90.97</v>
       </c>
       <c r="E28" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A29" s="11">
         <v>24</v>
       </c>
       <c r="B29" s="17" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="15"/>
       <c r="D29" s="16"/>
       <c r="E29" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:5" ht="14" x14ac:dyDescent="0.25">
       <c r="A30" s="11">
         <v>25</v>
       </c>
       <c r="B30" s="17" t="s">
@@ -2251,51 +2241,51 @@
       </c>
     </row>
     <row r="35" spans="1:7" ht="14" x14ac:dyDescent="0.25">
       <c r="A35" s="11">
         <v>30</v>
       </c>
       <c r="B35" s="17" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="15"/>
       <c r="D35" s="16"/>
       <c r="E35" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:7" ht="14" x14ac:dyDescent="0.25">
       <c r="A36" s="11">
         <v>31</v>
       </c>
       <c r="B36" s="17" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="15"/>
       <c r="D36" s="16">
-        <v>10.08</v>
+        <v>9.0299999999999994</v>
       </c>
       <c r="E36" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="G36" s="29"/>
     </row>
     <row r="37" spans="1:7" ht="14" x14ac:dyDescent="0.25">
       <c r="A37" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="17" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="15"/>
       <c r="D37" s="16"/>
       <c r="E37" s="7" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="G37" s="29"/>
     </row>
     <row r="38" spans="1:7" ht="14" x14ac:dyDescent="0.3">
       <c r="A38" s="11" t="s">
         <v>99</v>
@@ -2540,52 +2530,52 @@
       <c r="C56" s="15"/>
       <c r="D56" s="23">
         <f>IF(D13&gt;0,D13-100,"")</f>
         <v>0</v>
       </c>
       <c r="E56" s="7" t="str">
         <f t="shared" ref="E56" si="1">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D56/100),"")</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E1" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="82" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E98348EC-899E-4391-8E39-B70534B8F710}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L20"/>
   <sheetViews>
-    <sheetView topLeftCell="H1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D9" sqref="D9"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="L11" sqref="L11:L20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="62" customWidth="1"/>
     <col min="3" max="3" width="38.26953125" customWidth="1"/>
     <col min="4" max="4" width="37" customWidth="1"/>
     <col min="5" max="5" width="29.54296875" customWidth="1"/>
     <col min="6" max="6" width="32.54296875" customWidth="1"/>
     <col min="7" max="7" width="45.7265625" customWidth="1"/>
     <col min="8" max="8" width="47.26953125" customWidth="1"/>
     <col min="9" max="9" width="77.7265625" customWidth="1"/>
     <col min="10" max="10" width="45.453125" customWidth="1"/>
     <col min="11" max="11" width="35.1796875" customWidth="1"/>
     <col min="12" max="12" width="61.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="190.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
         <v>26</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>79</v>
       </c>
@@ -2607,51 +2597,51 @@
       <c r="H1" s="1" t="s">
         <v>105</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>106</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>108</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>109</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14" x14ac:dyDescent="0.25">
       <c r="A2" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="25" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="31" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>30.09.2025</v>
+        <v>31.12.2025</v>
       </c>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
     </row>
     <row r="3" spans="1:12" ht="14" x14ac:dyDescent="0.25">
       <c r="A3" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="25" t="s">
         <v>32</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="7"/>
       <c r="G3" s="7"/>
@@ -2745,349 +2735,339 @@
         <v>35</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
     </row>
     <row r="9" spans="1:12" ht="14" x14ac:dyDescent="0.25">
       <c r="A9" s="26" t="s">
         <v>87</v>
       </c>
       <c r="B9" s="17" t="s">
         <v>45</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="19">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>43.79</v>
+        <v>44.058</v>
       </c>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
     </row>
     <row r="10" spans="1:12" ht="14" x14ac:dyDescent="0.25">
       <c r="A10" s="26" t="s">
         <v>88</v>
       </c>
       <c r="B10" s="17" t="s">
         <v>89</v>
       </c>
       <c r="C10" s="27" t="s">
         <v>24</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
     </row>
     <row r="11" spans="1:12" ht="14" x14ac:dyDescent="0.3">
       <c r="A11" s="26">
         <v>1</v>
       </c>
       <c r="B11" s="47" t="s">
         <v>97</v>
       </c>
       <c r="C11" s="41"/>
       <c r="D11" s="42"/>
       <c r="E11" s="43" t="s">
         <v>96</v>
       </c>
       <c r="F11" s="48">
         <v>803200</v>
       </c>
       <c r="G11" s="44"/>
       <c r="H11" s="38">
-        <v>4.6169866395406371</v>
+        <v>2.8712066088089636</v>
       </c>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="28"/>
       <c r="L11" s="19">
-        <f>H11</f>
-        <v>4.6169866395406371</v>
+        <v>2.8712066088089636</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="14" x14ac:dyDescent="0.3">
       <c r="A12" s="26">
         <v>2</v>
       </c>
       <c r="B12" s="47" t="s">
         <v>117</v>
       </c>
       <c r="C12" s="41"/>
       <c r="D12" s="42"/>
       <c r="E12" s="43" t="s">
         <v>114</v>
       </c>
       <c r="F12" s="48">
         <v>803050</v>
       </c>
       <c r="G12" s="44"/>
       <c r="H12" s="38">
-        <v>1.9357617637749254</v>
+        <v>1.96210357571893</v>
       </c>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="28"/>
       <c r="L12" s="19">
-        <f>H12</f>
-        <v>1.9357617637749254</v>
+        <v>1.96210357571893</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14" x14ac:dyDescent="0.3">
       <c r="A13" s="26">
         <v>3</v>
       </c>
       <c r="B13" s="47" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C13" s="41"/>
       <c r="D13" s="42"/>
       <c r="E13" s="43" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="F13" s="48">
-        <v>804010</v>
+        <v>346012</v>
       </c>
       <c r="G13" s="44"/>
       <c r="H13" s="38">
-        <v>0.67678387058166489</v>
+        <v>0.81754315654955412</v>
       </c>
       <c r="I13" s="28"/>
       <c r="J13" s="28"/>
       <c r="K13" s="28"/>
       <c r="L13" s="19">
-        <f>H13</f>
-        <v>0.67678387058166489</v>
+        <v>0.81754315654955412</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14" x14ac:dyDescent="0.3">
       <c r="A14" s="26">
         <v>4</v>
       </c>
       <c r="B14" s="47" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="C14" s="41"/>
       <c r="D14" s="42"/>
       <c r="E14" s="43" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="F14" s="48">
-        <v>815240</v>
+        <v>804010</v>
       </c>
       <c r="G14" s="44"/>
       <c r="H14" s="38">
-        <v>0.48394044094373134</v>
+        <v>0.70316886881746465</v>
       </c>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="28"/>
       <c r="L14" s="19">
-        <f>H14</f>
-        <v>0.48394044094373134</v>
+        <v>0.70316886881746465</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14" x14ac:dyDescent="0.3">
       <c r="A15" s="26">
         <v>5</v>
       </c>
       <c r="B15" s="47" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="C15" s="41"/>
       <c r="D15" s="42"/>
       <c r="E15" s="43" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F15" s="48">
-        <v>459023</v>
+        <v>815240</v>
       </c>
       <c r="G15" s="44"/>
       <c r="H15" s="38">
-        <v>0.45167774488081597</v>
+        <v>0.4905258939297325</v>
       </c>
       <c r="I15" s="28"/>
       <c r="J15" s="28"/>
       <c r="K15" s="28"/>
       <c r="L15" s="19">
-        <f t="shared" ref="L15:L20" si="0">H15</f>
-        <v>0.45167774488081597</v>
+        <v>0.4905258939297325</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="14" x14ac:dyDescent="0.3">
       <c r="A16" s="26">
         <v>6</v>
       </c>
       <c r="B16" s="47" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C16" s="41"/>
       <c r="D16" s="42"/>
       <c r="E16" s="43" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="F16" s="48">
-        <v>801900</v>
+        <v>459023</v>
       </c>
       <c r="G16" s="44"/>
       <c r="H16" s="38">
-        <v>0.40328370078644277</v>
+        <v>0.45782416766775036</v>
       </c>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="28"/>
       <c r="L16" s="19">
-        <f t="shared" si="0"/>
-        <v>0.40328370078644277</v>
+        <v>0.45782416766775036</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14" x14ac:dyDescent="0.25">
       <c r="A17" s="26">
         <v>7</v>
       </c>
       <c r="B17" s="47" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C17" s="45"/>
       <c r="D17" s="46"/>
       <c r="E17" s="43" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="F17" s="48">
-        <v>346012</v>
+        <v>801900</v>
       </c>
       <c r="G17" s="44"/>
       <c r="H17" s="38">
-        <v>0.32262696062915425</v>
+        <v>0.40877157827477706</v>
       </c>
       <c r="I17" s="28"/>
       <c r="J17" s="28"/>
       <c r="K17" s="28"/>
       <c r="L17" s="19">
-        <f t="shared" si="0"/>
-        <v>0.32262696062915425</v>
+        <v>0.40877157827477706</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14" x14ac:dyDescent="0.25">
       <c r="A18" s="26">
         <v>8</v>
       </c>
       <c r="B18" s="47" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C18" s="45"/>
       <c r="D18" s="46"/>
       <c r="E18" s="43" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F18" s="48">
         <v>301000</v>
       </c>
       <c r="G18" s="44"/>
       <c r="H18" s="38">
-        <v>0.32262696062915425</v>
+        <v>0.32701726261982167</v>
       </c>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="28"/>
       <c r="L18" s="19">
-        <f t="shared" si="0"/>
-        <v>0.32262696062915425</v>
+        <v>0.32701726261982167</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14" x14ac:dyDescent="0.25">
       <c r="A19" s="26">
         <v>9</v>
       </c>
       <c r="B19" s="47" t="s">
         <v>119</v>
       </c>
       <c r="C19" s="45"/>
       <c r="D19" s="46"/>
       <c r="E19" s="43" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F19" s="48">
         <v>808600</v>
       </c>
       <c r="G19" s="44"/>
       <c r="H19" s="38">
-        <v>0.32262696062915425</v>
+        <v>0.32701726261982167</v>
       </c>
       <c r="I19" s="28"/>
       <c r="J19" s="28"/>
       <c r="K19" s="28"/>
       <c r="L19" s="19">
-        <f t="shared" si="0"/>
-        <v>0.32262696062915425</v>
+        <v>0.32701726261982167</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14" x14ac:dyDescent="0.25">
       <c r="A20" s="26">
         <v>10</v>
       </c>
       <c r="B20" s="47" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C20" s="45"/>
       <c r="D20" s="46"/>
       <c r="E20" s="43" t="s">
         <v>128</v>
       </c>
       <c r="F20" s="48">
-        <v>390051</v>
+        <v>871001</v>
       </c>
       <c r="G20" s="44"/>
       <c r="H20" s="38">
-        <v>0.16131348031457712</v>
+        <v>0.23339875380965652</v>
       </c>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="28"/>
       <c r="L20" s="19">
-        <f t="shared" si="0"/>
-        <v>0.16131348031457712</v>
+        <v>0.23339875380965652</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="37" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>